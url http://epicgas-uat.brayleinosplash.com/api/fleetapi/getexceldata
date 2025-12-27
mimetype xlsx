--- v0 (2025-11-13)
+++ v1 (2025-12-27)
@@ -51,51 +51,51 @@
   <si>
     <t xml:space="preserve"> Text 1</t>
   </si>
   <si>
     <t xml:space="preserve"> Text 2</t>
   </si>
   <si>
     <t xml:space="preserve"> Text 3</t>
   </si>
   <si>
     <t xml:space="preserve"> Text 4</t>
   </si>
   <si>
     <t xml:space="preserve"> Text 5</t>
   </si>
   <si>
     <t xml:space="preserve">S.No.</t>
   </si>
   <si>
     <t xml:space="preserve"> Text 6</t>
   </si>
   <si>
     <t xml:space="preserve">Pressurised</t>
   </si>
   <si>
-    <t xml:space="preserve">BW Epic Kosan Fleet Listing - 13 November 2025</t>
+    <t xml:space="preserve">BW Epic Kosan Fleet Listing - 28 December 2025</t>
   </si>
   <si>
     <t xml:space="preserve">S/N</t>
   </si>
   <si>
     <t xml:space="preserve">Vessel Name</t>
   </si>
   <si>
     <t xml:space="preserve">cbm</t>
   </si>
   <si>
     <t xml:space="preserve">Type</t>
   </si>
   <si>
     <t xml:space="preserve">Built</t>
   </si>
   <si>
     <t xml:space="preserve">Yard</t>
   </si>
   <si>
     <t xml:space="preserve">Flag</t>
   </si>
   <si>
     <t xml:space="preserve">1</t>
   </si>