--- v1 (2025-12-27)
+++ v2 (2026-01-30)
@@ -51,51 +51,51 @@
   <si>
     <t xml:space="preserve"> Text 1</t>
   </si>
   <si>
     <t xml:space="preserve"> Text 2</t>
   </si>
   <si>
     <t xml:space="preserve"> Text 3</t>
   </si>
   <si>
     <t xml:space="preserve"> Text 4</t>
   </si>
   <si>
     <t xml:space="preserve"> Text 5</t>
   </si>
   <si>
     <t xml:space="preserve">S.No.</t>
   </si>
   <si>
     <t xml:space="preserve"> Text 6</t>
   </si>
   <si>
     <t xml:space="preserve">Pressurised</t>
   </si>
   <si>
-    <t xml:space="preserve">BW Epic Kosan Fleet Listing - 28 December 2025</t>
+    <t xml:space="preserve">BW Epic Kosan Fleet Listing - 30 January 2026</t>
   </si>
   <si>
     <t xml:space="preserve">S/N</t>
   </si>
   <si>
     <t xml:space="preserve">Vessel Name</t>
   </si>
   <si>
     <t xml:space="preserve">cbm</t>
   </si>
   <si>
     <t xml:space="preserve">Type</t>
   </si>
   <si>
     <t xml:space="preserve">Built</t>
   </si>
   <si>
     <t xml:space="preserve">Yard</t>
   </si>
   <si>
     <t xml:space="preserve">Flag</t>
   </si>
   <si>
     <t xml:space="preserve">1</t>
   </si>